--- v1 (2025-12-07)
+++ v2 (2026-03-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PG2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="34">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>ISPLATE GOTOVOG NOVCA U REPUBLICI HRVATSKOJ U EURIMA PREMA OPISU NAČINA PLAĆANJA - 2025. godina
 </t>
   </si>
   <si>
     <t>OPIS NAČINA PLAĆANJA</t>
   </si>
   <si>
     <t>IZVOR/NAČIN ISPLATE</t>
   </si>
   <si>
     <t>SIJEČANJ</t>
@@ -773,201 +773,201 @@
       </c>
       <c r="AS9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AU9" t="s" s="6">
         <v>21</v>
       </c>
       <c r="AW9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AY9" t="s" s="5">
         <v>21</v>
       </c>
       <c r="BA9" t="s" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C10" s="8">
-        <v>683500</v>
+        <v>683606</v>
       </c>
       <c r="D10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="E10" s="8">
-        <v>845433983</v>
+        <v>846744873</v>
       </c>
       <c r="F10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="G10" s="8">
-        <v>661930</v>
+        <v>661968</v>
       </c>
       <c r="H10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="I10" s="8">
-        <v>873612195</v>
+        <v>874070540</v>
       </c>
       <c r="J10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="K10" s="8">
-        <v>712295</v>
+        <v>712338</v>
       </c>
       <c r="L10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="M10" s="8">
-        <v>989513392</v>
+        <v>990395122</v>
       </c>
       <c r="N10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="O10" s="8">
-        <v>798364</v>
+        <v>798441</v>
       </c>
       <c r="P10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Q10" s="8">
-        <v>966391941</v>
+        <v>966954901</v>
       </c>
       <c r="R10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="S10" s="8">
-        <v>700240</v>
+        <v>700358</v>
       </c>
       <c r="T10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="U10" s="8">
-        <v>926827944</v>
+        <v>927584972</v>
       </c>
       <c r="V10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="W10" s="8">
-        <v>686916</v>
+        <v>686901</v>
       </c>
       <c r="X10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Y10" s="8">
-        <v>937530823</v>
+        <v>937909781</v>
       </c>
       <c r="Z10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="AA10" s="8">
         <v>688860</v>
       </c>
       <c r="AB10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AC10" s="8">
         <v>1016105373</v>
       </c>
       <c r="AD10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AE10" s="8">
         <v>619531</v>
       </c>
       <c r="AF10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AG10" s="8">
         <v>777834864</v>
       </c>
       <c r="AH10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AI10" s="8">
         <v>692861</v>
       </c>
       <c r="AJ10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AK10" s="8">
         <v>993000800</v>
       </c>
       <c r="AL10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AM10" s="8">
-        <v/>
+        <v>707604</v>
       </c>
       <c r="AN10" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AO10" s="8">
-        <v/>
+        <v>1010716258</v>
       </c>
       <c r="AP10" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AQ10" s="8">
-        <v/>
+        <v>629769</v>
       </c>
       <c r="AR10" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AS10" s="8">
-        <v/>
+        <v>853364577</v>
       </c>
       <c r="AT10" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AU10" s="8">
-        <v/>
+        <v>787832</v>
       </c>
       <c r="AV10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AW10" s="8">
-        <v/>
+        <v>1019710383</v>
       </c>
       <c r="AX10" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY10" s="9">
-        <v>6244497</v>
+        <v>8370069</v>
       </c>
       <c r="AZ10" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA10" s="9">
-        <v>8326251315</v>
+        <v>11214392444</v>
       </c>
       <c r="BB10" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s" s="7">
         <v>26</v>
       </c>
       <c r="B11" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C11" s="8">
         <v/>
       </c>
       <c r="D11" t="s" s="7">
         <v>26</v>
       </c>
       <c r="E11" s="8">
         <v/>
       </c>
       <c r="F11" t="s" s="7">
         <v>26</v>
       </c>
       <c r="G11" s="8">
@@ -1209,93 +1209,93 @@
       <c r="AE12" s="8">
         <v>7233163</v>
       </c>
       <c r="AF12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AG12" s="8">
         <v>1282398379</v>
       </c>
       <c r="AH12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AI12" s="8">
         <v>7420003</v>
       </c>
       <c r="AJ12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AK12" s="8">
         <v>1314089048</v>
       </c>
       <c r="AL12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AM12" s="8">
-        <v/>
+        <v>7671701</v>
       </c>
       <c r="AN12" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AO12" s="8">
-        <v/>
+        <v>1355294215</v>
       </c>
       <c r="AP12" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AQ12" s="8">
-        <v/>
+        <v>6890376</v>
       </c>
       <c r="AR12" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AS12" s="8">
-        <v/>
+        <v>1223169943</v>
       </c>
       <c r="AT12" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AU12" s="8">
-        <v/>
+        <v>7821139</v>
       </c>
       <c r="AV12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AW12" s="8">
-        <v/>
+        <v>1436031934</v>
       </c>
       <c r="AX12" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY12" s="9">
-        <v>66639448</v>
+        <v>89022664</v>
       </c>
       <c r="AZ12" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA12" s="9">
-        <v>11272298928</v>
+        <v>15286795020</v>
       </c>
       <c r="BB12" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" t="s" s="7">
         <v>29</v>
       </c>
       <c r="B13" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C13" s="8">
         <v>8016</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="E13" s="8">
         <v>758513</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="G13" s="8">
@@ -1373,93 +1373,93 @@
       <c r="AE13" s="8">
         <v>7070</v>
       </c>
       <c r="AF13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AG13" s="8">
         <v>735448</v>
       </c>
       <c r="AH13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AI13" s="8">
         <v>8023</v>
       </c>
       <c r="AJ13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AK13" s="8">
         <v>807117</v>
       </c>
       <c r="AL13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AM13" s="8">
-        <v/>
+        <v>8331</v>
       </c>
       <c r="AN13" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AO13" s="8">
-        <v/>
+        <v>772164</v>
       </c>
       <c r="AP13" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AQ13" s="8">
-        <v/>
+        <v>7473</v>
       </c>
       <c r="AR13" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AS13" s="8">
-        <v/>
+        <v>727306</v>
       </c>
       <c r="AT13" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AU13" s="8">
-        <v/>
+        <v>8464</v>
       </c>
       <c r="AV13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AW13" s="8">
-        <v/>
+        <v>804531</v>
       </c>
       <c r="AX13" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY13" s="9">
-        <v>70051</v>
+        <v>94319</v>
       </c>
       <c r="AZ13" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA13" s="9">
-        <v>6829614</v>
+        <v>9133615</v>
       </c>
       <c r="BB13" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" t="s" s="7">
         <v>30</v>
       </c>
       <c r="B14" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C14" s="8">
         <v>40702</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="E14" s="8">
         <v>5892268</v>
       </c>
       <c r="F14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="G14" s="8">
@@ -1537,93 +1537,93 @@
       <c r="AE14" s="8">
         <v>36867</v>
       </c>
       <c r="AF14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AG14" s="8">
         <v>5490815</v>
       </c>
       <c r="AH14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AI14" s="8">
         <v>41501</v>
       </c>
       <c r="AJ14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AK14" s="8">
         <v>6227903</v>
       </c>
       <c r="AL14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AM14" s="8">
-        <v/>
+        <v>42373</v>
       </c>
       <c r="AN14" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AO14" s="8">
-        <v/>
+        <v>5726549</v>
       </c>
       <c r="AP14" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AQ14" s="8">
-        <v/>
+        <v>38857</v>
       </c>
       <c r="AR14" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AS14" s="8">
-        <v/>
+        <v>5129642</v>
       </c>
       <c r="AT14" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AU14" s="8">
-        <v/>
+        <v>44490</v>
       </c>
       <c r="AV14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AW14" s="8">
-        <v/>
+        <v>5805060</v>
       </c>
       <c r="AX14" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY14" s="9">
-        <v>359929</v>
+        <v>485649</v>
       </c>
       <c r="AZ14" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA14" s="9">
-        <v>53562396</v>
+        <v>70223647</v>
       </c>
       <c r="BB14" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" t="s" s="7">
         <v>31</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C15" s="8">
         <v>10752</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="E15" s="8">
         <v>1225250</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="G15" s="8">
@@ -1701,93 +1701,93 @@
       <c r="AE15" s="8">
         <v>11996</v>
       </c>
       <c r="AF15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AG15" s="8">
         <v>1496240</v>
       </c>
       <c r="AH15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AI15" s="8">
         <v>12568</v>
       </c>
       <c r="AJ15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AK15" s="8">
         <v>1524630</v>
       </c>
       <c r="AL15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AM15" s="8">
-        <v/>
+        <v>13239</v>
       </c>
       <c r="AN15" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AO15" s="8">
-        <v/>
+        <v>1574590</v>
       </c>
       <c r="AP15" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AQ15" s="8">
-        <v/>
+        <v>12402</v>
       </c>
       <c r="AR15" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AS15" s="8">
-        <v/>
+        <v>1484510</v>
       </c>
       <c r="AT15" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AU15" s="8">
-        <v/>
+        <v>13946</v>
       </c>
       <c r="AV15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AW15" s="8">
-        <v/>
+        <v>1782150</v>
       </c>
       <c r="AX15" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY15" s="9">
-        <v>107465</v>
+        <v>147052</v>
       </c>
       <c r="AZ15" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA15" s="9">
-        <v>12729020</v>
+        <v>17570270</v>
       </c>
       <c r="BB15" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" t="s" s="7">
         <v>26</v>
       </c>
       <c r="B16" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C16" s="8">
         <v/>
       </c>
       <c r="D16" t="s" s="7">
         <v>26</v>
       </c>
       <c r="E16" s="8">
         <v/>
       </c>
       <c r="F16" t="s" s="7">
         <v>26</v>
       </c>
       <c r="G16" s="8">
@@ -1921,201 +1921,201 @@
       </c>
       <c r="AX16" t="s" s="7">
         <v>26</v>
       </c>
       <c r="AY16" s="9">
         <v>0</v>
       </c>
       <c r="AZ16" t="s" s="10">
         <v>26</v>
       </c>
       <c r="BA16" s="9">
         <v>0</v>
       </c>
       <c r="BB16" t="s" s="10">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" t="s" s="11">
         <v>32</v>
       </c>
       <c r="B17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="C17" s="12">
-        <v>7548264</v>
+        <v>7548370</v>
       </c>
       <c r="D17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="E17" s="12">
-        <v>1940138106</v>
+        <v>1941448996</v>
       </c>
       <c r="F17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="G17" s="12">
-        <v>7466815</v>
+        <v>7466853</v>
       </c>
       <c r="H17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="I17" s="12">
-        <v>1968246581</v>
+        <v>1968704926</v>
       </c>
       <c r="J17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="K17" s="12">
-        <v>8288772</v>
+        <v>8288815</v>
       </c>
       <c r="L17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="M17" s="12">
-        <v>2203599303</v>
+        <v>2204481033</v>
       </c>
       <c r="N17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="O17" s="12">
-        <v>8569055</v>
+        <v>8569132</v>
       </c>
       <c r="P17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="Q17" s="12">
-        <v>2248853308</v>
+        <v>2249416268</v>
       </c>
       <c r="R17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="S17" s="12">
-        <v>8740689</v>
+        <v>8740807</v>
       </c>
       <c r="T17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="U17" s="12">
-        <v>2290583441</v>
+        <v>2291340469</v>
       </c>
       <c r="V17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="W17" s="12">
-        <v>8381749</v>
+        <v>8381734</v>
       </c>
       <c r="X17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="Y17" s="12">
-        <v>2265072990</v>
+        <v>2265451948</v>
       </c>
       <c r="Z17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AA17" s="12">
         <v>8342463</v>
       </c>
       <c r="AB17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AC17" s="12">
         <v>2371572300</v>
       </c>
       <c r="AD17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AE17" s="12">
         <v>7908627</v>
       </c>
       <c r="AF17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AG17" s="12">
         <v>2067955746</v>
       </c>
       <c r="AH17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AI17" s="12">
         <v>8174956</v>
       </c>
       <c r="AJ17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AK17" s="12">
         <v>2315649498</v>
       </c>
       <c r="AL17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AM17" s="12">
-        <v/>
+        <v>8443248</v>
       </c>
       <c r="AN17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AO17" s="12">
-        <v/>
+        <v>2374083776</v>
       </c>
       <c r="AP17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AQ17" s="12">
-        <v/>
+        <v>7578877</v>
       </c>
       <c r="AR17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AS17" s="12">
-        <v/>
+        <v>2083875978</v>
       </c>
       <c r="AT17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AU17" s="12">
-        <v/>
+        <v>8675871</v>
       </c>
       <c r="AV17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AW17" s="12">
-        <v/>
+        <v>2464134058</v>
       </c>
       <c r="AX17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="AY17" s="12">
-        <v>73421390</v>
+        <v>98119753</v>
       </c>
       <c r="AZ17" t="s" s="11">
         <v>26</v>
       </c>
       <c r="BA17" s="12">
-        <v>19671671273</v>
+        <v>26598114996</v>
       </c>
       <c r="BB17" t="s" s="11">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>